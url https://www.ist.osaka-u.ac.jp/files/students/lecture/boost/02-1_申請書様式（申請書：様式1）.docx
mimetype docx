--- v0 (2025-12-14)
+++ v1 (2026-02-20)
@@ -1204,60 +1204,58 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006144F9" w:rsidRPr="005B0FC4" w14:paraId="6CCAC89E" w14:textId="77777777" w:rsidTr="00B958DA">
         <w:trPr>
           <w:trHeight w:val="493"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2042" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27CDC278" w14:textId="599A7F27" w:rsidR="006144F9" w:rsidRPr="00870EFE" w:rsidRDefault="006144F9" w:rsidP="00657CD2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000C4A6B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>生年月日</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8595" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BAA3BF4" w14:textId="5CDA0333" w:rsidR="006144F9" w:rsidRPr="000C4A6B" w:rsidRDefault="006144F9" w:rsidP="006144F9">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4A6B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2748,67 +2746,57 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1951"/>
         <w:gridCol w:w="8282"/>
       </w:tblGrid>
       <w:tr w:rsidR="0071774D" w:rsidRPr="005B0FC4" w14:paraId="26E6EB23" w14:textId="77777777" w:rsidTr="00717FC3">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="482"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D37F33D" w14:textId="77777777" w:rsidR="0071774D" w:rsidRPr="000C4A6B" w:rsidRDefault="0071774D" w:rsidP="0071774D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000C4A6B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>年月（西暦</w:t>
-[...8 lines deleted...]
-              <w:t>）</w:t>
+              <w:t>年月（西暦）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8282" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667B6537" w14:textId="77777777" w:rsidR="0071774D" w:rsidRPr="000C4A6B" w:rsidRDefault="0071774D" w:rsidP="0071774D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C4A6B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="ja-JP"/>
               </w:rPr>
               <w:t>学　　　　歴　（高等学校相当卒業以降について記入してください。</w:t>
@@ -4151,61 +4139,61 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia" w:cs="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ja-JP"/>
         </w:rPr>
         <w:t>を履修中の者は、記載してください。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0071774D" w:rsidRPr="000C4A6B" w:rsidSect="00A52B19">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="709" w:right="743" w:bottom="567" w:left="743" w:header="283" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2FE548CD" w14:textId="77777777" w:rsidR="002906BE" w:rsidRDefault="002906BE">
+    <w:p w14:paraId="4CDD6420" w14:textId="77777777" w:rsidR="00DD045F" w:rsidRDefault="00DD045F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="087BFB1F" w14:textId="77777777" w:rsidR="002906BE" w:rsidRDefault="002906BE">
+    <w:p w14:paraId="7AC67835" w14:textId="77777777" w:rsidR="00DD045F" w:rsidRDefault="00DD045F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4259,61 +4247,61 @@
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="30CC5D3A" w14:textId="534A9989" w:rsidR="00E82A46" w:rsidRDefault="00E82A46" w:rsidP="00717FC3">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="55367DAD" w14:textId="77777777" w:rsidR="00FF50BA" w:rsidRDefault="00FF50BA">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:rPr>
         <w:sz w:val="0"/>
         <w:szCs w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54A67976" w14:textId="77777777" w:rsidR="002906BE" w:rsidRDefault="002906BE">
+    <w:p w14:paraId="5E518601" w14:textId="77777777" w:rsidR="00DD045F" w:rsidRDefault="00DD045F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="252B3B64" w14:textId="77777777" w:rsidR="002906BE" w:rsidRDefault="002906BE">
+    <w:p w14:paraId="15B7E750" w14:textId="77777777" w:rsidR="00DD045F" w:rsidRDefault="00DD045F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="5CE05144" w14:textId="06C8491E" w:rsidR="00FF50BA" w:rsidRPr="00355FA3" w:rsidRDefault="005F2573" w:rsidP="000C4A6B">
     <w:pPr>
       <w:spacing w:after="0" w:line="0" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:hAnsi="Century"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="ja-JP"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00355FA3">
@@ -4676,52 +4664,50 @@
       <w:numFmt w:val="decimalEnclosedCircle"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3780" w:hanging="420"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="156576371">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1779257016">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1576159790">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="dirty"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4831,99 +4817,101 @@
     <w:rsid w:val="00420A2E"/>
     <w:rsid w:val="0042443D"/>
     <w:rsid w:val="00426B32"/>
     <w:rsid w:val="0044738A"/>
     <w:rsid w:val="00451A3C"/>
     <w:rsid w:val="0045460E"/>
     <w:rsid w:val="00461DAA"/>
     <w:rsid w:val="00465F54"/>
     <w:rsid w:val="00470188"/>
     <w:rsid w:val="0047075E"/>
     <w:rsid w:val="00473BF9"/>
     <w:rsid w:val="00492F84"/>
     <w:rsid w:val="004935AB"/>
     <w:rsid w:val="00493A12"/>
     <w:rsid w:val="004A6EFA"/>
     <w:rsid w:val="004A7EFE"/>
     <w:rsid w:val="004B316C"/>
     <w:rsid w:val="004B587D"/>
     <w:rsid w:val="004C0F51"/>
     <w:rsid w:val="004C143A"/>
     <w:rsid w:val="004C1559"/>
     <w:rsid w:val="004C3CB5"/>
     <w:rsid w:val="004C5051"/>
     <w:rsid w:val="004C6828"/>
     <w:rsid w:val="004D1C75"/>
+    <w:rsid w:val="004D5245"/>
     <w:rsid w:val="004D5287"/>
     <w:rsid w:val="004E307D"/>
     <w:rsid w:val="004F14E4"/>
     <w:rsid w:val="004F632C"/>
     <w:rsid w:val="00500097"/>
     <w:rsid w:val="00500EFC"/>
     <w:rsid w:val="00511DF4"/>
     <w:rsid w:val="00517D0E"/>
     <w:rsid w:val="00520406"/>
     <w:rsid w:val="00526E64"/>
     <w:rsid w:val="00527680"/>
     <w:rsid w:val="00527883"/>
     <w:rsid w:val="00541C14"/>
     <w:rsid w:val="00544E88"/>
     <w:rsid w:val="005477BA"/>
     <w:rsid w:val="005572BE"/>
     <w:rsid w:val="00557930"/>
     <w:rsid w:val="00575DD2"/>
     <w:rsid w:val="0057712C"/>
     <w:rsid w:val="0058068D"/>
     <w:rsid w:val="00581F69"/>
     <w:rsid w:val="005938B3"/>
     <w:rsid w:val="00595341"/>
     <w:rsid w:val="005B0FC4"/>
     <w:rsid w:val="005D4603"/>
     <w:rsid w:val="005D654B"/>
     <w:rsid w:val="005E233F"/>
     <w:rsid w:val="005F2573"/>
     <w:rsid w:val="006030C9"/>
     <w:rsid w:val="00603D83"/>
     <w:rsid w:val="00613BEE"/>
     <w:rsid w:val="006144F9"/>
     <w:rsid w:val="006247B7"/>
     <w:rsid w:val="00625CB2"/>
     <w:rsid w:val="0063261A"/>
     <w:rsid w:val="006572E9"/>
     <w:rsid w:val="00657CD2"/>
     <w:rsid w:val="00681036"/>
     <w:rsid w:val="00682720"/>
     <w:rsid w:val="00683FC0"/>
     <w:rsid w:val="00685899"/>
     <w:rsid w:val="00691661"/>
     <w:rsid w:val="006930C5"/>
     <w:rsid w:val="00694B16"/>
     <w:rsid w:val="0069678A"/>
     <w:rsid w:val="00697F76"/>
     <w:rsid w:val="006A1869"/>
     <w:rsid w:val="006A3538"/>
     <w:rsid w:val="006A3FD5"/>
+    <w:rsid w:val="006A5139"/>
     <w:rsid w:val="006A7039"/>
     <w:rsid w:val="006A70AC"/>
     <w:rsid w:val="006A7BAF"/>
     <w:rsid w:val="006B5B45"/>
     <w:rsid w:val="006C1EE0"/>
     <w:rsid w:val="006C2B3E"/>
     <w:rsid w:val="006C2BDC"/>
     <w:rsid w:val="006D3FF7"/>
     <w:rsid w:val="006D49F0"/>
     <w:rsid w:val="006E41C5"/>
     <w:rsid w:val="006F29A4"/>
     <w:rsid w:val="006F384F"/>
     <w:rsid w:val="006F7CD0"/>
     <w:rsid w:val="00710DBD"/>
     <w:rsid w:val="00714FEC"/>
     <w:rsid w:val="00716B48"/>
     <w:rsid w:val="0071774D"/>
     <w:rsid w:val="00717FC3"/>
     <w:rsid w:val="00725B52"/>
     <w:rsid w:val="00727BAB"/>
     <w:rsid w:val="00745C0F"/>
     <w:rsid w:val="00762477"/>
     <w:rsid w:val="007659DC"/>
     <w:rsid w:val="00783058"/>
     <w:rsid w:val="007942DF"/>
@@ -5064,96 +5052,98 @@
     <w:rsid w:val="00CF6AE8"/>
     <w:rsid w:val="00D07706"/>
     <w:rsid w:val="00D1053D"/>
     <w:rsid w:val="00D16DDA"/>
     <w:rsid w:val="00D207B6"/>
     <w:rsid w:val="00D25335"/>
     <w:rsid w:val="00D30F1E"/>
     <w:rsid w:val="00D3448B"/>
     <w:rsid w:val="00D361C1"/>
     <w:rsid w:val="00D4223C"/>
     <w:rsid w:val="00D463E6"/>
     <w:rsid w:val="00D5061D"/>
     <w:rsid w:val="00D61B3B"/>
     <w:rsid w:val="00D64157"/>
     <w:rsid w:val="00D872E0"/>
     <w:rsid w:val="00D94266"/>
     <w:rsid w:val="00D95E48"/>
     <w:rsid w:val="00D97E32"/>
     <w:rsid w:val="00D97F87"/>
     <w:rsid w:val="00DA2A5D"/>
     <w:rsid w:val="00DA5C3B"/>
     <w:rsid w:val="00DB38C8"/>
     <w:rsid w:val="00DB43A7"/>
     <w:rsid w:val="00DC1E7D"/>
     <w:rsid w:val="00DC64C4"/>
+    <w:rsid w:val="00DD045F"/>
     <w:rsid w:val="00DD503A"/>
     <w:rsid w:val="00DD54CE"/>
     <w:rsid w:val="00DE0A21"/>
     <w:rsid w:val="00DE2C05"/>
     <w:rsid w:val="00DE34D4"/>
     <w:rsid w:val="00DF7511"/>
     <w:rsid w:val="00E14AAD"/>
     <w:rsid w:val="00E216BE"/>
     <w:rsid w:val="00E2371D"/>
     <w:rsid w:val="00E24390"/>
     <w:rsid w:val="00E3574C"/>
     <w:rsid w:val="00E5333F"/>
     <w:rsid w:val="00E55CA9"/>
     <w:rsid w:val="00E601B5"/>
     <w:rsid w:val="00E77C2C"/>
     <w:rsid w:val="00E80153"/>
     <w:rsid w:val="00E82A46"/>
     <w:rsid w:val="00E83888"/>
     <w:rsid w:val="00E90E9A"/>
     <w:rsid w:val="00E953EC"/>
     <w:rsid w:val="00E9754D"/>
     <w:rsid w:val="00EA0BA0"/>
     <w:rsid w:val="00EB5F12"/>
     <w:rsid w:val="00EB5F5D"/>
     <w:rsid w:val="00EB752E"/>
     <w:rsid w:val="00EC3553"/>
     <w:rsid w:val="00EC56C5"/>
     <w:rsid w:val="00EC77B5"/>
     <w:rsid w:val="00ED0CF9"/>
     <w:rsid w:val="00ED2AE8"/>
     <w:rsid w:val="00ED42A0"/>
     <w:rsid w:val="00EE4551"/>
     <w:rsid w:val="00EE615A"/>
     <w:rsid w:val="00EF1503"/>
     <w:rsid w:val="00EF5112"/>
     <w:rsid w:val="00F111C2"/>
     <w:rsid w:val="00F139FE"/>
     <w:rsid w:val="00F21EAD"/>
     <w:rsid w:val="00F317FF"/>
     <w:rsid w:val="00F32747"/>
     <w:rsid w:val="00F33087"/>
     <w:rsid w:val="00F41DE4"/>
     <w:rsid w:val="00F50D43"/>
     <w:rsid w:val="00F5181C"/>
     <w:rsid w:val="00F5523C"/>
     <w:rsid w:val="00F60BCB"/>
+    <w:rsid w:val="00F643FE"/>
     <w:rsid w:val="00F70E65"/>
     <w:rsid w:val="00F74853"/>
     <w:rsid w:val="00F833D8"/>
     <w:rsid w:val="00F87642"/>
     <w:rsid w:val="00F964F8"/>
     <w:rsid w:val="00FA328F"/>
     <w:rsid w:val="00FA60C3"/>
     <w:rsid w:val="00FB0FCE"/>
     <w:rsid w:val="00FB2ACC"/>
     <w:rsid w:val="00FB5945"/>
     <w:rsid w:val="00FB64FC"/>
     <w:rsid w:val="00FB66B0"/>
     <w:rsid w:val="00FC4711"/>
     <w:rsid w:val="00FC663D"/>
     <w:rsid w:val="00FC7894"/>
     <w:rsid w:val="00FD3302"/>
     <w:rsid w:val="00FD5205"/>
     <w:rsid w:val="00FD78D9"/>
     <w:rsid w:val="00FE5D11"/>
     <w:rsid w:val="00FF0A7F"/>
     <w:rsid w:val="00FF50BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>